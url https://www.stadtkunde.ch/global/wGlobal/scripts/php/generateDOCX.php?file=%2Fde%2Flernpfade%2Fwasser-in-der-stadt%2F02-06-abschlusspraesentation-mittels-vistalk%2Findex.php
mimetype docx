--- v0 (2025-11-05)
+++ v1 (2026-01-02)
@@ -589,51 +589,51 @@
         </w:tcPr>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr/>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">www.stadtkunde.ch</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p/>
   <w:p/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="8E46B180"/>
+    <w:nsid w:val="792CAD90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -737,51 +737,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="E6744D7C"/>
+    <w:nsid w:val="87E2FB20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -885,51 +885,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="23B78B5B"/>
+    <w:nsid w:val="E6E6263D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1033,51 +1033,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="55EA142B"/>
+    <w:nsid w:val="65D0BD55"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>