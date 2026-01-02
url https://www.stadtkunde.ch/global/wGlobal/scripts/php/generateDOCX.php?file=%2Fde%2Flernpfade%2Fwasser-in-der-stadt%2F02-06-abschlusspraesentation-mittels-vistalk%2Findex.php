--- v1 (2026-01-02)
+++ v2 (2026-01-02)
@@ -589,51 +589,51 @@
         </w:tcPr>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr/>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">www.stadtkunde.ch</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p/>
   <w:p/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="792CAD90"/>
+    <w:nsid w:val="40977CA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -737,51 +737,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="87E2FB20"/>
+    <w:nsid w:val="4D118725"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -885,51 +885,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="E6E6263D"/>
+    <w:nsid w:val="B887F1BA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1033,51 +1033,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="65D0BD55"/>
+    <w:nsid w:val="D73B1B20"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>