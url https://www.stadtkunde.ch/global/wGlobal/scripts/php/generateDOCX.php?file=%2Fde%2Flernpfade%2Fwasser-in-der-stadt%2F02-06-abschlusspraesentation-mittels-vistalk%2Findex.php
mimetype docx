--- v2 (2026-01-02)
+++ v3 (2026-02-17)
@@ -589,51 +589,51 @@
         </w:tcPr>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr/>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">www.stadtkunde.ch</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p/>
   <w:p/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="40977CA5"/>
+    <w:nsid w:val="75EF5058"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -737,51 +737,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="4D118725"/>
+    <w:nsid w:val="261169C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -885,51 +885,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="B887F1BA"/>
+    <w:nsid w:val="E1B60776"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1033,51 +1033,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="D73B1B20"/>
+    <w:nsid w:val="3BE59304"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>