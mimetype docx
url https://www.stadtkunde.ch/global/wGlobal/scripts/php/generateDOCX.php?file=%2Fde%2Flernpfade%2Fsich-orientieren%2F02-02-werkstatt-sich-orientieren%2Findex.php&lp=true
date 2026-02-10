--- v0 (2025-12-07)
+++ v1 (2026-02-10)
@@ -1195,51 +1195,51 @@
         </w:tcPr>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p>
           <w:pPr/>
           <w:r>
             <w:rPr/>
             <w:t xml:space="preserve">www.stadtkunde.ch</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p/>
   <w:p/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="8051E47C"/>
+    <w:nsid w:val="32AE5AEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1343,51 +1343,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="A650DB0D"/>
+    <w:nsid w:val="F7CF5036"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1491,51 +1491,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="8EE9FF7D"/>
+    <w:nsid w:val="221BF53F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1639,51 +1639,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="19AA9ED1"/>
+    <w:nsid w:val="9F806EB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1787,51 +1787,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="683A8B4A"/>
+    <w:nsid w:val="94CAB432"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1935,51 +1935,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="C554AF3F"/>
+    <w:nsid w:val="DF897006"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2083,51 +2083,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="D3F20BCE"/>
+    <w:nsid w:val="7520E8D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2231,51 +2231,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="442C5720"/>
+    <w:nsid w:val="035E24E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2379,51 +2379,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="F4FF9488"/>
+    <w:nsid w:val="23A83661"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2527,51 +2527,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="74A56A9D"/>
+    <w:nsid w:val="3CD63563"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2675,51 +2675,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18">
-    <w:nsid w:val="9AACAC12"/>
+    <w:nsid w:val="4518392B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2823,51 +2823,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19">
-    <w:nsid w:val="D421E640"/>
+    <w:nsid w:val="804BDFB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2971,51 +2971,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20">
-    <w:nsid w:val="9154E38D"/>
+    <w:nsid w:val="6FCC7CBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>